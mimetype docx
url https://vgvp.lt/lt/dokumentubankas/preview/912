--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -1,3867 +1,2913 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="004B053B" w:rsidRPr="003006CB" w:rsidRDefault="004B053B" w:rsidP="00973DB1">
-[...5 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="146FEC9F" w14:textId="77777777" w:rsidR="0085278D" w:rsidRDefault="0085278D"/>
+    <w:p w14:paraId="78EF3E9F" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="001176AD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>PATVIRTINTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D426043" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="001176AD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...33 lines deleted...]
-        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Visagino „Gerosios vilties“ progimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46739F9D" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="001176AD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>irektoriaus  202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">m. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>spalio 13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CBF297E" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="00924539" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>įsakymu Nr. V-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>113</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CA7B059" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="001176AD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="5616"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B053B" w:rsidRPr="003006CB" w:rsidTr="00EB449B">
+      <w:tr w:rsidR="007839BD" w:rsidRPr="001176AD" w14:paraId="20631B48" w14:textId="77777777" w:rsidTr="006E55FB">
         <w:trPr>
-          <w:trHeight w:val="1738"/>
+          <w:trHeight w:val="1270"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="004B053B" w:rsidRPr="003006CB" w:rsidRDefault="004B053B" w:rsidP="00973DB1">
+          <w:p w14:paraId="38251D8D" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="001176AD" w:rsidRDefault="007839BD" w:rsidP="006E55FB">
             <w:pPr>
-              <w:widowControl/>
-[...2 lines deleted...]
-              <w:ind w:left="3010" w:hanging="10"/>
+              <w:spacing w:after="31" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="3011" w:hanging="10"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5616" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="004B053B" w:rsidRPr="003006CB" w:rsidRDefault="004B053B" w:rsidP="00973DB1">
+          <w:p w14:paraId="02EB6E30" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="001176AD" w:rsidRDefault="007839BD" w:rsidP="006E55FB">
             <w:pPr>
-              <w:widowControl/>
-[...1 lines deleted...]
-              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003006CB">
+            <w:r w:rsidRPr="001176AD">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>VISAGINO ,,GEROSIOS VILTIES‘‘ PROGIMNAZIJOS</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="001176AD">
               <w:rPr>
-                <w:b/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="003006CB">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CEED140" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="001176AD" w:rsidRDefault="007839BD" w:rsidP="006E55FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>DIREKTORĖ JOLANTA BARTKŪNIENĖ</w:t>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001176AD">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>DIREKTORĖ  JOLANTA BARTKŪNIENĖ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10DE455E" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="001176AD" w:rsidRDefault="007839BD" w:rsidP="006E55FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="004B053B" w:rsidRPr="003006CB" w:rsidRDefault="004B053B" w:rsidP="00973DB1">
+          <w:p w14:paraId="3A17EBB5" w14:textId="0960708C" w:rsidR="007839BD" w:rsidRPr="001176AD" w:rsidRDefault="007839BD" w:rsidP="006E55FB">
             <w:pPr>
-              <w:widowControl/>
-[...1 lines deleted...]
-              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003006CB">
+            <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2022-12-30 Nr.17</w:t>
+              <w:t>2025-10-13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001176AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Nr. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC1BDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004B053B" w:rsidRPr="003006CB" w:rsidRDefault="004B053B" w:rsidP="00973DB1">
+          <w:p w14:paraId="42BA6050" w14:textId="77777777" w:rsidR="007839BD" w:rsidRDefault="007839BD" w:rsidP="006E55FB">
             <w:pPr>
-              <w:widowControl/>
-[...4 lines deleted...]
-              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003006CB">
+            <w:r w:rsidRPr="001176AD">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Visaginas</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="030DA393" w14:textId="77777777" w:rsidR="007839BD" w:rsidRDefault="007839BD" w:rsidP="006E55FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D48EEF5" w14:textId="3ADBCB39" w:rsidR="007839BD" w:rsidRDefault="007839BD" w:rsidP="006E55FB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="10" w:right="3" w:hanging="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>IND</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC1BDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ų PLOVĖJO </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00336581">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PAREIGYBĖS APRAŠYMAS </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3203FB75" w14:textId="77777777" w:rsidR="007839BD" w:rsidRDefault="007839BD" w:rsidP="006E55FB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="10" w:right="3" w:hanging="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5DD288CD" w14:textId="77777777" w:rsidR="007839BD" w:rsidRDefault="007839BD" w:rsidP="006E55FB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="10" w:right="3" w:hanging="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70D6FD62" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="00336581" w:rsidRDefault="007839BD" w:rsidP="006E55FB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="10" w:right="3" w:hanging="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02C37B70" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="001176AD" w:rsidRDefault="007839BD" w:rsidP="006E55FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004B053B" w:rsidRPr="003006CB" w:rsidRDefault="004B053B" w:rsidP="00973DB1">
-[...18 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="47B73945" w14:textId="53CA6D78" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B1CD6FF" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...103 lines deleted...]
-        <w:pStyle w:val="Sraopastraipa"/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>I. BENDROSIOS NUOSTATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C70CF12" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...34 lines deleted...]
-        <w:pStyle w:val="Sraopastraipa"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Valgyklos indų plovėjas yra techninis darbuotojas, atsakingas už virtuvės ir valgyklos indų plovimą, švaros palaikymą bei pagalbą maitinimo padalinio darbuotojams.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC4EEF6" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...34 lines deleted...]
-        <w:pStyle w:val="Sraopastraipa"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Pareigybės lygis: priskiriamas C lygio pareigybei.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34100BF0" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...48 lines deleted...]
-        <w:pStyle w:val="Sraopastraipa"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Pareigybė priskiriama techninių darbuotojų grupei.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66A6D558" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...119 lines deleted...]
-        <w:pStyle w:val="Sraopastraipa"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Indų plovėją į pareigas priima ir atleidžia progimnazijos direktorius pagal Lietuvos Respublikos darbo kodeksą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29538509" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...35 lines deleted...]
-        <w:pStyle w:val="Sraopastraipa"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Indų plovėjas yra tiesiogiai pavaldus maitinimo padalinio vadovui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04236B9C" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Savo veikloje vadovaujasi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DE40222" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...36 lines deleted...]
-        <w:pStyle w:val="Sraopastraipa"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Lietuvos Respublikos teisės aktais, reglamentuojančiais maisto tvarkymą, higieną ir darbuotojų saugą,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F32B09D" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...36 lines deleted...]
-        <w:pStyle w:val="Sraopastraipa"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>mokyklos vidaus taisyklėmis ir dokumentais,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26AE3DD8" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...349 lines deleted...]
-        <w:pStyle w:val="Sraopastraipa"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>šiuo pareigybės aprašymu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="058753E6" w14:textId="17D680CB" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33AA5C85" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>II. KVALIFIKACINIAI REIKALAVIMAI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29AC3C79" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:tabs>
-[...517 lines deleted...]
-        <w:pStyle w:val="prastasiniatinklio"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Turėti ne žemesnį kaip pagrindinį išsilavinimą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F98C5D9" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:tabs>
-[...134 lines deleted...]
-        <w:pStyle w:val="prastasiniatinklio"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Žinoti ir laikytis asmeninės higienos, indų plovimo, paviršių valymo ir darbo saugos taisyklių.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32EAF225" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:tabs>
-[...18 lines deleted...]
-        <w:pStyle w:val="prastasiniatinklio"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Gebėti naudotis indų plovimo įranga, valymo priemonėmis ir įrankiais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A5846E3" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:tabs>
-[...18 lines deleted...]
-        <w:pStyle w:val="prastasiniatinklio"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Būti pareigingam, atsakingam, sąžiningam, darbščiam ir atidžiam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27A45D50" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="1"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:tabs>
-[...92 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Mokėti dirbti savarankiškai ir komandoje, laiku atlikti pavestas užduotis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="679CA0CC" w14:textId="1B17AA50" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7ED1B109" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...60 lines deleted...]
-        <w:widowControl/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>III. FUNKCIJOS (PAGRINDINĖS PAREIGOS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D819AEF" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Indų plovėjas vykdo šias pareigas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="002195A0" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:tabs>
-[...156 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Plauna ir dezinfekuoja virtuvės ir valgyklos indus, stalo įrankius, padėklus, puodus, keptuves, maisto gamybos inventorių.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2375C397" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:tabs>
-[...27 lines deleted...]
-        <w:widowControl/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Prižiūri ir valo indų plovimo patalpą, stalus, kriaukles, grindis ir kitus paviršius.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77DD2EA0" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:tabs>
-[...184 lines deleted...]
-      </w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Naudoja tik leistinas valymo ir dezinfekavimo priemones, laikydamasis higienos normų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B52B63E" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Padeda palaikyti švarą virtuvės zonoje ir sandėliukuose, esant poreikiui talkina kitiems darbuotojams.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F266E1F" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Laikosi maisto saugos ir darbo higienos reikalavimų, vilki švarius darbo drabužius, naudoja asmenines apsaugos priemones.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="705B7001" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Praneša vadovui apie pastebėtus gedimus, trūkumus ar netinkamą inventorių.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EE4C0E8" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Laiku keičia valymo priemones, rūšiuoja ir išneša atliekas į tam skirtas vietas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28C98FE0" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Palaiko tvarką darbo vietoje ir baigus darbą palieka ją sutvarkytą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57A14723" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Vykdo kitus tiesioginio vadovo pavedimus, susijusius su darbo funkcijomis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6132DD7C" w14:textId="22213DCD" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7767BABB" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>IV. TEISĖS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61738C38" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Indų plovėjas turi teisę:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28D73CF4" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Gauti darbui reikalingas prižiūrėtas darbo priemones, valymo priemones ir apsaugos priemones.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="644A12BD" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Dalyvauti saugos, higienos ar kvalifikacijos tobulinimo mokymuose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08BDBC0C" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Teikti siūlymus dėl darbo sąlygų, švaros palaikymo gerinimo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71E3D499" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Atsisakyti vykdyti darbus, kurie kelia pavojų sveikatai ar pažeidžia saugos reikalavimus, apie tai informavus vadovą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C5FF348" w14:textId="3529DD72" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1804FB2F" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>V. ATSAKOMYBĖ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1224EE61" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Indų plovėjas atsako:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DD9AA79" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Už švarą ir higieną darbo vietoje, indų ir inventoriaus švarų plovimą ir tinkamą naudojimą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="126DB662" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Už teisingą ir saugų naudojimąsi plovimo įranga, valikliais, dezinfekavimo priemonėmis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15FA7996" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Už darbo saugos ir higienos reikalavimų laikymąsi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45173ADF" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Už padarytą materialinę ar kitokią žalą dėl aplaidumo — Lietuvos Respublikos įstatymų nustatyta tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="273A4C83" w14:textId="75ED8C3C" w:rsidR="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B1B8D32" w14:textId="77777777" w:rsidR="00FC1BDA" w:rsidRDefault="00FC1BDA" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3145A0BA" w14:textId="77777777" w:rsidR="00FC1BDA" w:rsidRPr="007839BD" w:rsidRDefault="00FC1BDA" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02960CB8" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>VI. BAIGIAMOSIOS NUOSTATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51729B20" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Pareigybės aprašymas gali būti keičiamas atsižvelgiant į teisės aktų ar mokyklos veiklos pokyčius.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34B601E1" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Su pareigybės aprašymu darbuotojas supažindinamas pasirašytinai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4572EAC2" w14:textId="21BE9CE3" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64A4DC08" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk211344309"/>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Darbuotojas susipažino:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Vardas, pavardė: __________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Parašas: ________________ Data: ______________</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="0010375A" w:rsidRPr="003006CB" w:rsidRDefault="0010375A" w:rsidP="0010375A">
-[...105 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5DDE73AB" w14:textId="77777777" w:rsidR="007839BD" w:rsidRDefault="007839BD"/>
+    <w:p w14:paraId="4770952D" w14:textId="77777777" w:rsidR="00342ADD" w:rsidRPr="007839BD" w:rsidRDefault="00342ADD" w:rsidP="00342ADD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...16 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Darbuotojas susipažino:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Vardas, pavardė: __________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Parašas: ________________ Data: ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C9E89F4" w14:textId="77777777" w:rsidR="00342ADD" w:rsidRDefault="00342ADD"/>
+    <w:p w14:paraId="76A85B98" w14:textId="77777777" w:rsidR="00342ADD" w:rsidRPr="007839BD" w:rsidRDefault="00342ADD" w:rsidP="00342ADD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-      <w:pgMar w:top="1040" w:right="460" w:bottom="280" w:left="1600" w:header="567" w:footer="567" w:gutter="0"/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Darbuotojas susipažino:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Vardas, pavardė: __________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Parašas: ________________ Data: ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3784B680" w14:textId="77777777" w:rsidR="00342ADD" w:rsidRDefault="00342ADD"/>
+    <w:sectPr w:rsidR="00342ADD">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0F920C52"/>
+    <w:nsid w:val="0D7167BC"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="B45CD4A8"/>
+    <w:tmpl w:val="D180D0A6"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="8"/>
-[...113 lines deleted...]
-      </w:rPr>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="100303E1"/>
+    <w:nsid w:val="18B802F8"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="DCC2B51E"/>
+    <w:tmpl w:val="39B66660"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="102" w:hanging="284"/>
-[...111 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="14A22EAD"/>
+    <w:nsid w:val="2F9B06D0"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="A76EA3B2"/>
+    <w:tmpl w:val="F468E316"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="9"/>
-[...4 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
-[...93 lines deleted...]
-      </w:rPr>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="16422689"/>
+    <w:nsid w:val="46654214"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="5CA46BDE"/>
+    <w:tmpl w:val="678608C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="102" w:hanging="284"/>
-[...111 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1CA34197"/>
-[...4 lines deleted...]
-      <w:numFmt w:val="upperRoman"/>
+    <w:nsid w:val="6D4A7094"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5A6424D8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4314" w:hanging="214"/>
-[...106 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="26164549"/>
-[...4 lines deleted...]
-      <w:numFmt w:val="upperRoman"/>
+    <w:nsid w:val="732E7648"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D2BE78B4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="720"/>
-[...7 lines deleted...]
-      <w:numFmt w:val="lowerLetter"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="lowerRoman"/>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="right"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="lowerLetter"/>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="lowerRoman"/>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="right"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="lowerLetter"/>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="lowerRoman"/>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="right"/>
-[...1 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...426 lines deleted...]
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="1" w16cid:durableId="1066296612">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1714232578">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="2" w16cid:durableId="20860262">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="673842899">
+  <w:num w:numId="3" w16cid:durableId="1922331559">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="2122457868">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1530292438">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="5" w16cid:durableId="19363216">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1745251643">
-[...15 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="6" w16cid:durableId="1924294636">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:ulTrailSpace/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B5773E"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00F0395E"/>
+    <w:rsidRoot w:val="00D528AB"/>
+    <w:rsid w:val="00342ADD"/>
+    <w:rsid w:val="007839BD"/>
+    <w:rsid w:val="007E4477"/>
+    <w:rsid w:val="0085278D"/>
+    <w:rsid w:val="00D528AB"/>
+    <w:rsid w:val="00DE2869"/>
+    <w:rsid w:val="00FC1BDA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5F457C56"/>
-  <w15:docId w15:val="{34B84195-53A2-4206-8C22-A89F8C236587}"/>
+  <w14:docId w14:val="59B5DC65"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{1B66824B-8EC0-485E-BBCD-8605DD380DA4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3976,51 +3022,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4202,528 +3248,886 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat1Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="00D528AB"/>
     <w:pPr>
-      <w:ind w:left="681" w:hanging="2127"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat2Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D528AB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat3Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D528AB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat4Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D528AB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat5Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D528AB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat6Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D528AB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat7Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D528AB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat8Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D528AB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat9Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D528AB"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-[...1 lines deleted...]
-    <w:uiPriority w:val="2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat1Diagrama">
+    <w:name w:val="Antraštė 1 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D528AB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat2Diagrama">
+    <w:name w:val="Antraštė 2 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat2"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D528AB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat3Diagrama">
+    <w:name w:val="Antraštė 3 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D528AB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat4Diagrama">
+    <w:name w:val="Antraštė 4 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D528AB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat5Diagrama">
+    <w:name w:val="Antraštė 5 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D528AB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat6Diagrama">
+    <w:name w:val="Antraštė 6 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D528AB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat7Diagrama">
+    <w:name w:val="Antraštė 7 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D528AB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat8Diagrama">
+    <w:name w:val="Antraštė 8 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D528AB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat9Diagrama">
+    <w:name w:val="Antraštė 9 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D528AB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pavadinimas">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="PavadinimasDiagrama"/>
+    <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:tblPr>
-[...7 lines deleted...]
-    </w:tblPr>
+    <w:rsid w:val="00D528AB"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Pagrindinistekstas">
-    <w:name w:val="Body Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PavadinimasDiagrama">
+    <w:name w:val="Pavadinimas Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Pavadinimas"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00D528AB"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Paantrat">
+    <w:name w:val="Subtitle"/>
     <w:basedOn w:val="prastasis"/>
-    <w:uiPriority w:val="1"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="PaantratDiagrama"/>
+    <w:uiPriority w:val="11"/>
     <w:qFormat/>
+    <w:rsid w:val="00D528AB"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PaantratDiagrama">
+    <w:name w:val="Paantraštė Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Paantrat"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00D528AB"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citata">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="CitataDiagrama"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D528AB"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitataDiagrama">
+    <w:name w:val="Citata Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Citata"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00D528AB"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
+    <w:rsid w:val="00D528AB"/>
     <w:pPr>
-      <w:ind w:left="526" w:hanging="425"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
-[...2 lines deleted...]
-    <w:uiPriority w:val="1"/>
+  <w:style w:type="character" w:styleId="Rykuspabraukimas">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="21"/>
     <w:qFormat/>
-  </w:style>
-[...4 lines deleted...]
-    <w:rsid w:val="00491903"/>
+    <w:rsid w:val="00D528AB"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="lt-LT"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="prastasiniatinklio">
-    <w:name w:val="Normal (Web)"/>
+  <w:style w:type="paragraph" w:styleId="Iskirtacitata">
+    <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="prastasis"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005A65E6"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="IskirtacitataDiagrama"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D528AB"/>
     <w:pPr>
-      <w:widowControl/>
-[...2 lines deleted...]
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="lt-LT"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IskirtacitataDiagrama">
+    <w:name w:val="Išskirta citata Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Iskirtacitata"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00D528AB"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rykinuoroda">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D528AB"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...28 lines deleted...]
-  <w:relyOnVML/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1544</Characters>
+  <Pages>3</Pages>
+  <Words>2374</Words>
+  <Characters>1354</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4243</CharactersWithSpaces>
+  <CharactersWithSpaces>3721</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Administracija</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Vlada Skrytė</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...12 lines deleted...]
-</file>