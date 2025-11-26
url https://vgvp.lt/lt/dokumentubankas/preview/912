--- v1 (2025-11-03)
+++ v2 (2025-11-26)
@@ -909,77 +909,103 @@
       <w:r w:rsidRPr="007839BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>šiuo pareigybės aprašymu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="058753E6" w14:textId="17D680CB" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33AA5C85" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
+    <w:p w14:paraId="33AA5C85" w14:textId="6D872117" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007839BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>II. KVALIFIKACINIAI REIKALAVIMAI</w:t>
+        <w:t xml:space="preserve">II. </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4E07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SPECIALIEJI </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007839BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>KVALIFIKACINIAI REIKALAVIMAI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29AC3C79" w14:textId="77777777" w:rsidR="007839BD" w:rsidRPr="007839BD" w:rsidRDefault="007839BD" w:rsidP="007839BD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007839BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
@@ -2811,51 +2837,53 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1924294636">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D528AB"/>
+    <w:rsid w:val="002E4E07"/>
     <w:rsid w:val="00342ADD"/>
+    <w:rsid w:val="003E054A"/>
     <w:rsid w:val="007839BD"/>
     <w:rsid w:val="007E4477"/>
     <w:rsid w:val="0085278D"/>
     <w:rsid w:val="00D528AB"/>
     <w:rsid w:val="00DE2869"/>
     <w:rsid w:val="00FC1BDA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -4079,55 +4107,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2374</Words>
-  <Characters>1354</Characters>
+  <Words>2382</Words>
+  <Characters>1358</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3721</CharactersWithSpaces>
+  <CharactersWithSpaces>3733</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vlada Skrytė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>