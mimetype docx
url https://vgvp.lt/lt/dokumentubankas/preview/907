--- v0 (2025-11-03)
+++ v1 (2025-11-26)
@@ -922,74 +922,100 @@
       <w:r w:rsidRPr="002E5DED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>šiuo pareigybės aprašymu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AAC7CFF" w14:textId="74F3D56C" w:rsidR="002E5DED" w:rsidRPr="002E5DED" w:rsidRDefault="002E5DED" w:rsidP="002E5DED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06441D87" w14:textId="77777777" w:rsidR="002E5DED" w:rsidRPr="002E5DED" w:rsidRDefault="002E5DED" w:rsidP="002E5DED">
+    <w:p w14:paraId="06441D87" w14:textId="18AA41ED" w:rsidR="002E5DED" w:rsidRPr="002E5DED" w:rsidRDefault="002E5DED" w:rsidP="002E5DED">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E5DED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>II. KVALIFIKACINIAI REIKALAVIMAI</w:t>
+        <w:t xml:space="preserve">II. </w:t>
+      </w:r>
+      <w:r w:rsidR="000D456A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SPECIALIEJI </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5DED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>KVALIFIKACINIAI REIKALAVIMAI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E2D842E" w14:textId="77777777" w:rsidR="002E5DED" w:rsidRPr="002E5DED" w:rsidRDefault="002E5DED" w:rsidP="002E5DED">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E5DED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
@@ -3033,50 +3059,52 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="678655282">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0081708A"/>
+    <w:rsid w:val="000D456A"/>
+    <w:rsid w:val="00224E57"/>
     <w:rsid w:val="002E5DED"/>
     <w:rsid w:val="004D7C02"/>
     <w:rsid w:val="005C51B7"/>
     <w:rsid w:val="007E4477"/>
     <w:rsid w:val="0081708A"/>
     <w:rsid w:val="0085278D"/>
     <w:rsid w:val="008F0C60"/>
     <w:rsid w:val="00941F11"/>
     <w:rsid w:val="00AA2A88"/>
     <w:rsid w:val="00D1534A"/>
     <w:rsid w:val="00D62387"/>
     <w:rsid w:val="00F54595"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -4306,55 +4334,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2689</Words>
-  <Characters>1534</Characters>
+  <Words>2697</Words>
+  <Characters>1538</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>12</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4215</CharactersWithSpaces>
+  <CharactersWithSpaces>4227</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vlada Skrytė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>