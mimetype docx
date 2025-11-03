--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -1,4350 +1,2776 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00AF50A9" w:rsidRPr="00AF50A9" w:rsidRDefault="00AF50A9" w:rsidP="00AF50A9">
-[...2 lines deleted...]
-        <w:ind w:left="10" w:right="3"/>
+    <w:p w14:paraId="4C417953" w14:textId="2158F36A" w:rsidR="001176AD" w:rsidRPr="001176AD" w:rsidRDefault="001176AD" w:rsidP="00924539">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk211242842"/>
+    </w:p>
+    <w:p w14:paraId="06D845D0" w14:textId="316EB7AA" w:rsidR="001176AD" w:rsidRPr="001176AD" w:rsidRDefault="001176AD" w:rsidP="001176AD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>PATVIRTINTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31FAFC2E" w14:textId="77777777" w:rsidR="001176AD" w:rsidRPr="001176AD" w:rsidRDefault="001176AD" w:rsidP="001176AD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:b/>
-[...9 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009C4697">
-        <w:rPr>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009C4697">
-        <w:rPr>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009C4697">
-        <w:rPr>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...39 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
         <w:t>Visagino „Gerosios vilties“ progimnazijos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009C4697" w:rsidRPr="009C4697" w:rsidRDefault="009C4697" w:rsidP="009C4697">
+    <w:p w14:paraId="04A92C5C" w14:textId="673B6269" w:rsidR="001176AD" w:rsidRPr="001176AD" w:rsidRDefault="001176AD" w:rsidP="001176AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...36 lines deleted...]
-    <w:p w:rsidR="009C4697" w:rsidRPr="009C4697" w:rsidRDefault="009C4697" w:rsidP="009C4697">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>irektoriaus  202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">m. </w:t>
+      </w:r>
+      <w:r w:rsidR="006B3620">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>spalio 13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B3C16F0" w14:textId="7F61180D" w:rsidR="00652DC9" w:rsidRPr="00924539" w:rsidRDefault="001176AD" w:rsidP="00924539">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>įsakymu Nr. V-</w:t>
+      </w:r>
+      <w:r w:rsidR="006B3620">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00522B1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="009C4697" w:rsidRPr="009C4697" w:rsidRDefault="009C4697" w:rsidP="009C4697">
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D4D557F" w14:textId="77777777" w:rsidR="00652DC9" w:rsidRPr="001176AD" w:rsidRDefault="00652DC9" w:rsidP="001176AD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="auto"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="5616"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009C4697" w:rsidRPr="009C4697" w:rsidTr="00471CA8">
+      <w:tr w:rsidR="001176AD" w:rsidRPr="001176AD" w14:paraId="0DDD0549" w14:textId="77777777" w:rsidTr="00593C98">
         <w:trPr>
+          <w:trHeight w:val="1270"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="009C4697" w:rsidRPr="009C4697" w:rsidRDefault="009C4697" w:rsidP="009C4697">
+          <w:p w14:paraId="0CCE96A5" w14:textId="77777777" w:rsidR="001176AD" w:rsidRPr="001176AD" w:rsidRDefault="001176AD" w:rsidP="001176AD">
             <w:pPr>
               <w:spacing w:after="31" w:line="247" w:lineRule="auto"/>
-              <w:ind w:left="3011"/>
+              <w:ind w:left="3011" w:hanging="10"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="auto"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5616" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009C4697" w:rsidRPr="009C4697" w:rsidRDefault="009C4697" w:rsidP="009C4697">
+          <w:p w14:paraId="6C75DD1A" w14:textId="77777777" w:rsidR="001176AD" w:rsidRPr="001176AD" w:rsidRDefault="001176AD" w:rsidP="001176AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C4697">
+            <w:r w:rsidRPr="001176AD">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="auto"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>VISAGINO ,,GEROSIOS VILTIES‘‘ PROGIMNAZIJOS</w:t>
             </w:r>
-            <w:r w:rsidRPr="009C4697">
+            <w:r w:rsidRPr="001176AD">
               <w:rPr>
-                <w:color w:val="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009C4697" w:rsidRPr="009C4697" w:rsidRDefault="009C4697" w:rsidP="009C4697">
+          <w:p w14:paraId="00B03240" w14:textId="77777777" w:rsidR="001176AD" w:rsidRPr="001176AD" w:rsidRDefault="001176AD" w:rsidP="001176AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="auto"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C4697">
+            <w:r w:rsidRPr="001176AD">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="auto"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>DIREKTORĖ  JOLANTA BARTKŪNIENĖ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009C4697" w:rsidRPr="009C4697" w:rsidRDefault="009C4697" w:rsidP="009C4697">
+          <w:p w14:paraId="028461D9" w14:textId="77777777" w:rsidR="001176AD" w:rsidRPr="001176AD" w:rsidRDefault="001176AD" w:rsidP="001176AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C4697" w:rsidRPr="009C4697" w:rsidRDefault="009C4697" w:rsidP="009C4697">
+          <w:p w14:paraId="2BAA75D6" w14:textId="51ACCBC0" w:rsidR="001176AD" w:rsidRPr="001176AD" w:rsidRDefault="006B3620" w:rsidP="001176AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C4697">
+            <w:r>
               <w:rPr>
-                <w:color w:val="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022-12-30 Nr. </w:t>
+              <w:t>2025-10-13</w:t>
             </w:r>
-            <w:r w:rsidR="00715872">
+            <w:r w:rsidR="001176AD" w:rsidRPr="001176AD">
               <w:rPr>
-                <w:color w:val="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t xml:space="preserve"> Nr. 6</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009C4697" w:rsidRPr="009C4697" w:rsidRDefault="009C4697" w:rsidP="009C4697">
+          <w:p w14:paraId="78291FE5" w14:textId="77777777" w:rsidR="001176AD" w:rsidRDefault="001176AD" w:rsidP="001176AD">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009C4697">
+            <w:r w:rsidRPr="001176AD">
               <w:rPr>
-                <w:color w:val="auto"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Visaginas</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="56E0740A" w14:textId="77777777" w:rsidR="00336581" w:rsidRDefault="00336581" w:rsidP="001176AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B641A5C" w14:textId="77777777" w:rsidR="00336581" w:rsidRDefault="00336581" w:rsidP="001176AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23010D99" w14:textId="77777777" w:rsidR="00336581" w:rsidRPr="00336581" w:rsidRDefault="00336581" w:rsidP="00336581">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="10" w:right="3" w:hanging="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00336581">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VALYTOJO PAREIGYBĖS APRAŠYMAS </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="457753F7" w14:textId="77777777" w:rsidR="00336581" w:rsidRPr="001176AD" w:rsidRDefault="00336581" w:rsidP="001176AD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w:rsidR="00AF50A9" w:rsidRDefault="00AF50A9" w:rsidP="00F97127">
-[...40 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5F9864B4" w14:textId="77777777" w:rsidR="001176AD" w:rsidRDefault="001176AD" w:rsidP="00A45084">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CAA45C5" w14:textId="0EBC0F01" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:spacing w:val="-2"/>
-[...27 lines deleted...]
-    <w:p w:rsidR="00750306" w:rsidRPr="00AF50A9" w:rsidRDefault="003A5AC8" w:rsidP="00E723BA">
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>I. BENDROSIOS NUOSTATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B43896F" w14:textId="11A456AC" w:rsidR="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...40 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Valytoja priimama į darbą ir atleidžiama iš darbo </w:t>
+      </w:r>
+      <w:r w:rsidR="006B3620">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus įsakymu, vadovaujantis Lietuvos Respublikos darbo kodeksu ir kitais teisės aktais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5447A048" w14:textId="00768B37" w:rsidR="006B3620" w:rsidRPr="006B3620" w:rsidRDefault="006B3620" w:rsidP="006B3620">
+      <w:pPr>
+        <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B3620">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Pareigybės lygis: valytojas priskiriamas D lygio pareigybei. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00750306" w:rsidRPr="00AF50A9" w:rsidRDefault="00226CAC" w:rsidP="00E723BA">
+    <w:p w14:paraId="38FC2C42" w14:textId="00638976" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...32 lines deleted...]
-    <w:p w:rsidR="00750306" w:rsidRPr="00AF50A9" w:rsidRDefault="00226CAC" w:rsidP="00E723BA">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pareigybės paskirtis – užtikrinti </w:t>
+      </w:r>
+      <w:r w:rsidR="00E20CD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> patalpų (mokymosi kabinetų, koridorių, sanitarinių mazgų, bendrų erdvių ir kt.) švarą, tvarką bei higieną, sudaryti saugią ir sveiką aplinką mokiniams ir darbuotojams.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D3ABE03" w14:textId="7A2F2876" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...47 lines deleted...]
-    <w:p w:rsidR="00E723BA" w:rsidRPr="00AF50A9" w:rsidRDefault="000503C7" w:rsidP="00E723BA">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Valytoja tiesiogiai pavald</w:t>
+      </w:r>
+      <w:r w:rsidR="007A3FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ūk</w:t>
+      </w:r>
+      <w:r w:rsidR="00E20CD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>io padalinio vadovui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ar kitam atsakingam </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>asmeniui,nurodytam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1198515C" w14:textId="3EFBA349" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="-20" w:firstLine="0"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B75E8DA" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...17 lines deleted...]
-        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>II. KVALIFIKACINIAI REIKALAVIMAI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1572B00A" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Išsilavinimas – pagrindinis arba vidurinis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD835FD" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Atsakingumas, kruopštumas, darbštumas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="609C1A40" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Gebėjimas laikytis higienos normų, saugos ir sveikatos instrukcijų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C0C7DFC" w14:textId="0694AE02" w:rsidR="00A45084" w:rsidRPr="00924539" w:rsidRDefault="00A45084" w:rsidP="00924539">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Patirtis panašioje srityje – privalumas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="164A1154" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...650 lines deleted...]
-    <w:p w:rsidR="00750306" w:rsidRDefault="00226CAC" w:rsidP="00AF50A9">
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>III. FUNKCIJOS (PAGRINDINĖS PAREIGOS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="328782C2" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Valytoja atlieka šias funkcijas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13B00BA5" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00750306" w:rsidRDefault="00226CAC" w:rsidP="00F97127">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Valo priskirtas mokyklos patalpas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63BB7123" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00AF50A9" w:rsidRDefault="00226CAC" w:rsidP="00E723BA">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>mokymo kabinetus,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28F02E66" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00750306" w:rsidRDefault="00226CAC" w:rsidP="00E723BA">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>koridorius,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2130BB00" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00750306" w:rsidRDefault="00226CAC" w:rsidP="00F97127">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>laiptines,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6582AE76" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sanitarinius mazgus (tualetus, prausyklas),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="616BDF4C" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>bendras erdves (fojė, poilsio zonas),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02625F2C" w14:textId="77777777" w:rsidR="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>kitas pagal paskirtį naudojamas patalpas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01C8BE1C" w14:textId="41847035" w:rsidR="007247D8" w:rsidRPr="00A45084" w:rsidRDefault="007247D8" w:rsidP="00A45084">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Prižiūri patalpose esančias gėles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E9D86E" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Kasdien valo grindis (šluoja, plauna), valo dulkes nuo baldų, palangių, paviršių.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3020A558" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Pagal grafiką atlieka generalinį (giluminį) patalpų valymą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F73DFFB" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Ištuština šiukšlių dėžes, keičia šiukšlių maišus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B64972B" w14:textId="77777777" w:rsidR="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Papildo higienos priemones (tualetinis popierius, muilas, rankšluosčiai ir kt.) sanitariniuose mazguose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E568258" w14:textId="2B58BE37" w:rsidR="0055473A" w:rsidRPr="00A45084" w:rsidRDefault="00E27C78" w:rsidP="00A45084">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Nesant tiesioginio darbo, administracijai nurodži</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9172A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F9172A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>atlieka kitus darbus, būtinus progimnazijos veiklai</w:t>
+      </w:r>
+      <w:r w:rsidR="00875117">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D08378B" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Laikosi nustatyto darbo grafiko ir valymo plano.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F47B10D" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Naudoja tik tam skirtas valymo priemones ir laikosi saugos instrukcijų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C602CBF" w14:textId="3D62F7C4" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Pastebėjusi inventoriaus ar patalpų pažeidimus, praneša ūk</w:t>
+      </w:r>
+      <w:r w:rsidR="006220AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">io padalinio vadovui </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ar atsakingam asmeniui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A159F5" w14:textId="5CFFEED6" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Užtikrina, kad po darbo patalpos būtų užrakintos </w:t>
+      </w:r>
+      <w:r w:rsidR="00875117">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4904B2D1" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Dalyvauja priešgaisrinės saugos, darbuotojų saugos ir sveikatos mokymuose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="544CD936" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Laikosi konfidencialumo (neplatina informacijos apie įstaigos veiklą ar incidentus).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2335D764" w14:textId="5315130D" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6394EAF2" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>IV. ATSAKOMYBĖ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63063B06" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Valytoja atsako:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="011351B7" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...9 lines deleted...]
-    <w:p w:rsidR="00750306" w:rsidRDefault="00226CAC" w:rsidP="00F97127">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Už švaros ir tvarkos palaikymą patikėtose patalpose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D32889C" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
       <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="1"/>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00F97127" w:rsidRDefault="00F97127" w:rsidP="00F97127">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Už higienos normų ir saugos taisyklių laikymąsi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76AFAC2D" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
       <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="1"/>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00750306" w:rsidRDefault="00226CAC" w:rsidP="00F97127">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Už atsakingą valymo priemonių, inventoriaus ir įrangos naudojimą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6D280B" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
       <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="1"/>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00750306" w:rsidRDefault="00226CAC" w:rsidP="00F97127">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Už darbo laiko ir darbo drausmės laikymąsi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12A604D7" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
       <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="1"/>
+          <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="00E723BA" w:rsidRPr="00C74824" w:rsidRDefault="00E723BA" w:rsidP="00E723BA">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Už žalą, padarytą dėl aplaidumo ar nurodymų nesilaikymo – Lietuvos Respublikos įstatymų nustatyta tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06147397" w14:textId="6A88ABD7" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="3618" w:right="-20" w:firstLine="702"/>
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59A32645" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...367 lines deleted...]
-    <w:p w:rsidR="00750306" w:rsidRDefault="00226CAC" w:rsidP="00E723BA">
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>V. BAIGIAMOSIOS NUOSTATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63000AAB" w14:textId="6EFFFA13" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...134 lines deleted...]
-    <w:p w:rsidR="00750306" w:rsidRDefault="00226CAC" w:rsidP="003412C2">
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pareigybės aprašymas gali būti papildomas ar keičiamas pagal </w:t>
+      </w:r>
+      <w:r w:rsidR="0055473A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>progimnazijos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vidaus tvarką ir teisės aktų reikalavimus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13A627A7" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...692 lines deleted...]
-      <w:pgMar w:top="1134" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Su pareigybės aprašymu darbuotojas supažindinamas pasirašytinai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="684BE9DD" w14:textId="18355A4F" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1486D70A" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Valytoja susipažino:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Vardas, pavardė: __________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Parašas: _____________ Data: ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4551BAF6" w14:textId="77777777" w:rsidR="0085278D" w:rsidRDefault="0085278D"/>
+    <w:sectPr w:rsidR="0085278D">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
-      <w:titlePg/>
-      <w:docGrid w:linePitch="326"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...69 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="14F654ED"/>
-[...28 lines deleted...]
-      <w:lvlRestart w:val="0"/>
+    <w:nsid w:val="060C325F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="32D0B2D8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1425"/>
-[...175 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="25E16645"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="718C8C74">
+    <w:nsid w:val="3AAD4553"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6388C840"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1403"/>
-[...198 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2D736180"/>
+    <w:nsid w:val="60D64008"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="49768FBA"/>
+    <w:tmpl w:val="4BC2E9D8"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="9"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="406" w:hanging="405"/>
-[...117 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="557F3AAE"/>
+    <w:nsid w:val="648762A5"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="AE7073B8"/>
+    <w:tmpl w:val="2390A30C"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="8"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1403"/>
-[...198 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5617668F"/>
+    <w:nsid w:val="697F0BD3"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="AC78EBFE"/>
+    <w:tmpl w:val="AE56B974"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="11"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1545" w:firstLine="0"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
-[...181 lines deleted...]
-      </w:rPr>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...423 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="1009989773">
+  <w:num w:numId="1" w16cid:durableId="1227455359">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1413552779">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="580260826">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1914117947">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="166529837">
-[...2 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="1172840129">
+  <w:num w:numId="5" w16cid:durableId="1056007794">
     <w:abstractNumId w:val="3"/>
-  </w:num>
-[...10 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00750306"/>
-[...43 lines deleted...]
-    <w:rsid w:val="00FF7E0E"/>
+    <w:rsidRoot w:val="007D6643"/>
+    <w:rsid w:val="001176AD"/>
+    <w:rsid w:val="00336581"/>
+    <w:rsid w:val="003D5EDE"/>
+    <w:rsid w:val="00436B1D"/>
+    <w:rsid w:val="00522B1D"/>
+    <w:rsid w:val="0055473A"/>
+    <w:rsid w:val="00593C98"/>
+    <w:rsid w:val="006220AC"/>
+    <w:rsid w:val="00652DC9"/>
+    <w:rsid w:val="006B3620"/>
+    <w:rsid w:val="007247D8"/>
+    <w:rsid w:val="007A3FCA"/>
+    <w:rsid w:val="007D6643"/>
+    <w:rsid w:val="007E4477"/>
+    <w:rsid w:val="00842EA8"/>
+    <w:rsid w:val="0085278D"/>
+    <w:rsid w:val="00875117"/>
+    <w:rsid w:val="00924539"/>
+    <w:rsid w:val="00A45084"/>
+    <w:rsid w:val="00B0770A"/>
+    <w:rsid w:val="00B175C2"/>
+    <w:rsid w:val="00C83F35"/>
+    <w:rsid w:val="00DB6EC3"/>
+    <w:rsid w:val="00E20CD1"/>
+    <w:rsid w:val="00E27C78"/>
+    <w:rsid w:val="00F9172A"/>
+    <w:rsid w:val="00FB56DC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{400D7F0D-644A-480A-9165-8B75E2BE68E2}"/>
+  <w14:docId w14:val="21C14584"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{0AF9022E-2A82-49B2-AE96-3A2945FE1B42}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4690,355 +3116,726 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:pPr>
-[...7 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat1">
     <w:name w:val="heading 1"/>
+    <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat1Diagrama"/>
     <w:uiPriority w:val="9"/>
-    <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:rsid w:val="007D6643"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="260"/>
-[...1 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:sz w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat2Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007D6643"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat3Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007D6643"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat4Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007D6643"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat5Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007D6643"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat6Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007D6643"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat7Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007D6643"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat8Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007D6643"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat9Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007D6643"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Antrat1Diagrama">
     <w:name w:val="Antraštė 1 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Antrat1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="007D6643"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:sz w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrats">
-[...15 lines deleted...]
-    <w:name w:val="Antraštės Diagrama"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat2Diagrama">
+    <w:name w:val="Antraštė 2 Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
-    <w:link w:val="Antrats"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F97127"/>
+    <w:link w:val="Antrat2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007D6643"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:sz w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Porat">
-[...15 lines deleted...]
-    <w:name w:val="Poraštė Diagrama"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat3Diagrama">
+    <w:name w:val="Antraštė 3 Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
-    <w:link w:val="Porat"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F97127"/>
+    <w:link w:val="Antrat3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007D6643"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:sz w:val="24"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Debesliotekstas">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat4Diagrama">
+    <w:name w:val="Antraštė 4 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007D6643"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat5Diagrama">
+    <w:name w:val="Antraštė 5 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007D6643"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat6Diagrama">
+    <w:name w:val="Antraštė 6 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007D6643"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat7Diagrama">
+    <w:name w:val="Antraštė 7 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007D6643"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat8Diagrama">
+    <w:name w:val="Antraštė 8 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007D6643"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat9Diagrama">
+    <w:name w:val="Antraštė 9 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007D6643"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pavadinimas">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="prastasis"/>
-    <w:link w:val="DebesliotekstasDiagrama"/>
-[...3 lines deleted...]
-    <w:rsid w:val="006647DC"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="PavadinimasDiagrama"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="007D6643"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
-    <w:name w:val="Debesėlio tekstas Diagrama"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PavadinimasDiagrama">
+    <w:name w:val="Pavadinimas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
-    <w:link w:val="Debesliotekstas"/>
-[...2 lines deleted...]
-    <w:rsid w:val="006647DC"/>
+    <w:link w:val="Pavadinimas"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="007D6643"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...2 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Paantrat">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="PaantratDiagrama"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="007D6643"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PaantratDiagrama">
+    <w:name w:val="Paantraštė Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Paantrat"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="007D6643"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citata">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="CitataDiagrama"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="007D6643"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitataDiagrama">
+    <w:name w:val="Citata Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Citata"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="007D6643"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00E723BA"/>
+    <w:rsid w:val="007D6643"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="720" w:firstLine="0"/>
+      <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rykuspabraukimas">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="007D6643"/>
     <w:rPr>
-      <w:color w:val="auto"/>
-      <w:szCs w:val="24"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hipersaitas">
-[...3 lines deleted...]
-    <w:rsid w:val="00E723BA"/>
+  <w:style w:type="paragraph" w:styleId="Iskirtacitata">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="IskirtacitataDiagrama"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="007D6643"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IskirtacitataDiagrama">
+    <w:name w:val="Išskirta citata Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Iskirtacitata"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="007D6643"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rykinuoroda">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="007D6643"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:relyOnVML/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -5149,70 +3946,56 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2284</Characters>
+  <Pages>2</Pages>
+  <Words>1967</Words>
+  <Characters>1122</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6278</CharactersWithSpaces>
+  <CharactersWithSpaces>3083</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>PATVIRTINTA:</dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>Rolandas</dc:creator>
+  <dc:creator>Vlada Skrytė</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>