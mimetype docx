--- v1 (2025-11-03)
+++ v2 (2025-11-26)
@@ -828,74 +828,100 @@
       <w:r w:rsidRPr="00A45084">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> direktoriaus).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1198515C" w14:textId="3EFBA349" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B75E8DA" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
+    <w:p w14:paraId="1B75E8DA" w14:textId="7655A4E1" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A45084">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>II. KVALIFIKACINIAI REIKALAVIMAI</w:t>
+        <w:t xml:space="preserve">II. </w:t>
+      </w:r>
+      <w:r w:rsidR="008B6517">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SPECIALIEJI </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A45084">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>KVALIFIKACINIAI REIKALAVIMAI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1572B00A" w14:textId="77777777" w:rsidR="00A45084" w:rsidRPr="00A45084" w:rsidRDefault="00A45084" w:rsidP="00A45084">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A45084">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
@@ -2660,66 +2686,68 @@
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1056007794">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007D6643"/>
     <w:rsid w:val="001176AD"/>
+    <w:rsid w:val="002F03A5"/>
     <w:rsid w:val="00336581"/>
     <w:rsid w:val="003D5EDE"/>
     <w:rsid w:val="00436B1D"/>
     <w:rsid w:val="00522B1D"/>
     <w:rsid w:val="0055473A"/>
     <w:rsid w:val="00593C98"/>
     <w:rsid w:val="006220AC"/>
     <w:rsid w:val="00652DC9"/>
     <w:rsid w:val="006B3620"/>
     <w:rsid w:val="007247D8"/>
     <w:rsid w:val="007A3FCA"/>
     <w:rsid w:val="007D6643"/>
     <w:rsid w:val="007E4477"/>
     <w:rsid w:val="00842EA8"/>
     <w:rsid w:val="0085278D"/>
     <w:rsid w:val="00875117"/>
+    <w:rsid w:val="008B6517"/>
     <w:rsid w:val="00924539"/>
     <w:rsid w:val="00A45084"/>
     <w:rsid w:val="00B0770A"/>
     <w:rsid w:val="00B175C2"/>
     <w:rsid w:val="00C83F35"/>
     <w:rsid w:val="00DB6EC3"/>
     <w:rsid w:val="00E20CD1"/>
     <w:rsid w:val="00E27C78"/>
     <w:rsid w:val="00F9172A"/>
     <w:rsid w:val="00FB56DC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
@@ -3947,55 +3975,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1967</Words>
-  <Characters>1122</Characters>
+  <Words>1975</Words>
+  <Characters>1126</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3083</CharactersWithSpaces>
+  <CharactersWithSpaces>3095</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vlada Skrytė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>