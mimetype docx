--- v0 (2025-10-14)
+++ v1 (2025-12-15)
@@ -1,8522 +1,2930 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00A73BDB" w:rsidRPr="00A73BDB" w:rsidRDefault="00A73BDB" w:rsidP="00A73BDB">
-[...5 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7C2D8945" w14:textId="77777777" w:rsidR="0008148A" w:rsidRPr="001176AD" w:rsidRDefault="0008148A" w:rsidP="0008148A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>PATVIRTINTA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F80F61" w14:textId="77777777" w:rsidR="0008148A" w:rsidRPr="001176AD" w:rsidRDefault="0008148A" w:rsidP="0008148A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="lt-LT"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A73BDB">
-        <w:rPr>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="lt-LT"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
-        <w:t>PATVIRTINTA</w:t>
-[...8 lines deleted...]
-        <w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="lt-LT"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>Visagino „Gerosios vilties“ progimnazijos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C72EB0F" w14:textId="77777777" w:rsidR="0008148A" w:rsidRPr="001176AD" w:rsidRDefault="0008148A" w:rsidP="0008148A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>irektoriaus  202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">m. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>spalio 13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB06ACE" w14:textId="77777777" w:rsidR="0008148A" w:rsidRPr="00924539" w:rsidRDefault="0008148A" w:rsidP="0008148A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001176AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...59 lines deleted...]
-        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>įsakymu Nr. V-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...50 lines deleted...]
-        <w:autoSpaceDN/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>113</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DFE17D5" w14:textId="77777777" w:rsidR="0008148A" w:rsidRPr="001176AD" w:rsidRDefault="0008148A" w:rsidP="0008148A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="5616"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A73BDB" w:rsidRPr="00A73BDB" w:rsidTr="00D714BD">
+      <w:tr w:rsidR="0008148A" w:rsidRPr="001176AD" w14:paraId="3611BA44" w14:textId="77777777" w:rsidTr="008E6D16">
         <w:trPr>
+          <w:trHeight w:val="1270"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A73BDB" w:rsidRPr="00A73BDB" w:rsidRDefault="00A73BDB" w:rsidP="00A73BDB">
+          <w:p w14:paraId="27E52CA8" w14:textId="77777777" w:rsidR="0008148A" w:rsidRPr="001176AD" w:rsidRDefault="0008148A" w:rsidP="008E6D16">
             <w:pPr>
-              <w:widowControl/>
-[...1 lines deleted...]
-              <w:autoSpaceDN/>
               <w:spacing w:after="31" w:line="247" w:lineRule="auto"/>
               <w:ind w:left="3011" w:hanging="10"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5616" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00A73BDB" w:rsidRPr="00A73BDB" w:rsidRDefault="00A73BDB" w:rsidP="00A73BDB">
+          <w:p w14:paraId="1DEF008D" w14:textId="77777777" w:rsidR="0008148A" w:rsidRPr="001176AD" w:rsidRDefault="0008148A" w:rsidP="008E6D16">
             <w:pPr>
-              <w:widowControl/>
-[...1 lines deleted...]
-              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A73BDB">
+            <w:r w:rsidRPr="001176AD">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>VISAGINO ,,GEROSIOS VILTIES‘‘ PROGIMNAZIJOS</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A73BDB">
+            <w:r w:rsidRPr="001176AD">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A73BDB" w:rsidRPr="00A73BDB" w:rsidRDefault="00A73BDB" w:rsidP="00A73BDB">
+          <w:p w14:paraId="74F4DAB1" w14:textId="77777777" w:rsidR="0008148A" w:rsidRPr="001176AD" w:rsidRDefault="0008148A" w:rsidP="008E6D16">
             <w:pPr>
-              <w:widowControl/>
-[...1 lines deleted...]
-              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A73BDB">
+            <w:r w:rsidRPr="001176AD">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>DIREKTORĖ  JOLANTA BARTKŪNIENĖ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A73BDB" w:rsidRPr="00A73BDB" w:rsidRDefault="00A73BDB" w:rsidP="00A73BDB">
+          <w:p w14:paraId="70769E5A" w14:textId="77777777" w:rsidR="0008148A" w:rsidRPr="001176AD" w:rsidRDefault="0008148A" w:rsidP="008E6D16">
             <w:pPr>
-              <w:widowControl/>
-[...1 lines deleted...]
-              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00A73BDB" w:rsidRPr="00A73BDB" w:rsidRDefault="00A73BDB" w:rsidP="00A73BDB">
+          <w:p w14:paraId="11A5CBD3" w14:textId="1DBDD687" w:rsidR="0008148A" w:rsidRPr="001176AD" w:rsidRDefault="0008148A" w:rsidP="008E6D16">
             <w:pPr>
-              <w:widowControl/>
-[...1 lines deleted...]
-              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A73BDB">
+            <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2022-12-30 Nr.</w:t>
+              <w:t>2025-10-13</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="001176AD">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Nr. </w:t>
+            </w:r>
+            <w:r w:rsidR="00B27A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A73BDB" w:rsidRDefault="00A73BDB" w:rsidP="00A73BDB">
+          <w:p w14:paraId="20890B23" w14:textId="77777777" w:rsidR="0008148A" w:rsidRDefault="0008148A" w:rsidP="008E6D16">
             <w:pPr>
-              <w:widowControl/>
-[...1 lines deleted...]
-              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A73BDB">
+            <w:r w:rsidRPr="001176AD">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Visaginas</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000A10CD" w:rsidRDefault="000A10CD" w:rsidP="00A73BDB">
+          <w:p w14:paraId="447CFB02" w14:textId="77777777" w:rsidR="0008148A" w:rsidRDefault="0008148A" w:rsidP="008E6D16">
             <w:pPr>
-              <w:widowControl/>
-[...1 lines deleted...]
-              <w:autoSpaceDN/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000A10CD" w:rsidRDefault="000A10CD" w:rsidP="00A73BDB">
+          <w:p w14:paraId="09B64589" w14:textId="566055F0" w:rsidR="0008148A" w:rsidRDefault="0008148A" w:rsidP="008E6D16">
             <w:pPr>
-              <w:widowControl/>
-[...1 lines deleted...]
-              <w:autoSpaceDN/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="10" w:right="3" w:hanging="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>BUFETININKO (KASININKO</w:t>
+            </w:r>
+            <w:r w:rsidR="00B27A01">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00336581">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve"> BUFETININKO (KASININKO) </w:t>
+              <w:t xml:space="preserve"> PAREIGYBĖS APRAŠYMAS </w:t>
             </w:r>
-            <w:r w:rsidRPr="000A10CD">
+          </w:p>
+          <w:p w14:paraId="30964906" w14:textId="77777777" w:rsidR="0008148A" w:rsidRDefault="0008148A" w:rsidP="008E6D16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="10" w:right="3" w:hanging="10"/>
+              <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>PAREIGYBĖS APRAŠYMAS</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
-          <w:p w:rsidR="000A10CD" w:rsidRPr="00A73BDB" w:rsidRDefault="000A10CD" w:rsidP="00A73BDB">
+          <w:p w14:paraId="107C441F" w14:textId="77777777" w:rsidR="0008148A" w:rsidRDefault="0008148A" w:rsidP="008E6D16">
             <w:pPr>
-              <w:widowControl/>
-[...1 lines deleted...]
-              <w:autoSpaceDN/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="10" w:right="3" w:hanging="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A4E240B" w14:textId="77777777" w:rsidR="0008148A" w:rsidRPr="00336581" w:rsidRDefault="0008148A" w:rsidP="008E6D16">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="10" w:right="3" w:hanging="10"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:lang w:eastAsia="lt-LT"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72C9781C" w14:textId="77777777" w:rsidR="0008148A" w:rsidRPr="001176AD" w:rsidRDefault="0008148A" w:rsidP="008E6D16">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00550BEB" w:rsidRDefault="00550BEB">
-[...4 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="54F03A46" w14:textId="792665F0" w:rsidR="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1336E7FA" w14:textId="77777777" w:rsidR="00757FF3" w:rsidRPr="00C61F26" w:rsidRDefault="00757FF3" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EF86154" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:pStyle w:val="Antrat1"/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>I. BENDROSIOS NUOSTATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39BA9B73" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Bufetininkas (kasininkas) yra techninis darbuotojas, atsakingas už maisto produktų, užkandžių ir gėrimų pardavimą progimnazijos bufete, tvarkingos prekybos ir finansinių atsiskaitymų vykdymą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46EA4CA4" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Pareigybės lygis: bufetininkas (kasininkas) priskiriamas C lygio pareigybei.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="258AFC75" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Pareigybė priskiriama techninių darbuotojų grupei.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6003D5EA" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Bufetininką į pareigas priima ir atleidžia progimnazijos direktorius pagal Lietuvos Respublikos darbo kodeksą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E3261CE" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Bufetininkas yra tiesiogiai pavaldus maitinimo padalinio vadovui arba ūkio dalies vadovui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DDECF9D" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Savo veikloje vadovaujasi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27CF8138" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Lietuvos Respublikos įstatymais ir kitais teisės aktais, reglamentuojančiais maisto tvarkymą, prekybą ir finansinius atsiskaitymus,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9D0A3F" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>higienos normomis, darbo saugos, priešgaisrinės saugos reikalavimais,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="499F08F9" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>mokyklos vidaus dokumentais,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75281C7C" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>šiuo pareigybės aprašymu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED9ADB2" w14:textId="51219728" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FE947D4" w14:textId="4D90FE25" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">II. </w:t>
+      </w:r>
+      <w:r w:rsidR="00892BCE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SPECIALIEJI </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>KVALIFIKACINIAI REIKALAVIMAI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53755267" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:tabs>
-[...407 lines deleted...]
-        <w:pStyle w:val="Antrat1"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Turėti ne žemesnį kaip vidurinį išsilavinimą; pageidautina — bufetininko, kasininko ar prekybos darbuotojo profesinį pasirengimą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E710B5" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:tabs>
-[...1799 lines deleted...]
-        <w:pStyle w:val="Antrat1"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Žinoti prekybos, klientų aptarnavimo, higienos ir piniginių atsiskaitymų taisykles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7978E10B" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:tabs>
-[...2202 lines deleted...]
-        <w:pStyle w:val="Antrat1"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Išmanyti grynųjų pinigų apskaitos ir darbo su kasos aparatu principus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D5E556A" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:tabs>
-[...1647 lines deleted...]
-        <w:pStyle w:val="Antrat1"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Gebėti bendrauti su mokiniais ir darbuotojais, būti mandagiam, atsakingam, pareigingam ir sąžiningam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16FF8513" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:tabs>
-[...16 lines deleted...]
-        <w:rPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Mokėti dirbti savarankiškai, greitai reaguoti į situacijas, laikytis darbo ir asmeninės higienos reikalavimų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63A0DAE7" w14:textId="14D9D5AD" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CFAC82E" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="23"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="Sraopastraipa"/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>III. FUNKCIJOS (PAGRINDINĖS PAREIGOS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BDE54A5" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Bufetininkas (kasininkas) vykdo šias pareigas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B61FFCF" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:tabs>
-[...17 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aptarnauja mokinius ir darbuotojus progimnazijos bufete, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F337F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>parduoda maisto produktus,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...718 lines deleted...]
-        <w:pStyle w:val="Sraopastraipa"/>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>užkandžius, gėrimus ir kt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="499F4EB6" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:tabs>
-[...200 lines deleted...]
-        <w:pStyle w:val="Sraopastraipa"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Vykdo atsiskaitymus grynaisiais pinigais arba kortelėmis, dirba su kasos aparatu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F9B83E4" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:tabs>
-[...370 lines deleted...]
-      <w:pgMar w:top="1040" w:right="460" w:bottom="820" w:left="1600" w:header="0" w:footer="638" w:gutter="0"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Užtikrina, kad prekyba vyktų pagal teisės aktų reikalavimus, būtų laikomasi prekių galiojimo terminų, higienos ir saugos normų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C1FB1A0" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Laikosi prekybos kultūros, mandagiai ir profesionaliai bendrauja su lankytojais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36EDFAE7" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Registruoja ir kontroliuoja kasos operacijas, pildo kasos dokumentus, dienos ataskaitas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62BF3719" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Padeda ruošti bufeto patalpas ir prekybai skirtus stalus, prižiūri švarą ir tvarką darbo vietoje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB1A959" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Tikrina prekių likučius, informuoja vadovą apie būtinų prekių papildymą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26BAB16C" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Priima prekes pagal pateiktus dokumentus, tikrina jų kokybę, galiojimo laiką ir išdėstymą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="633539E6" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Vykdo maisto saugos ir sanitarinių reikalavimų laikymąsi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BFB1934" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Vykdo kitus tiesioginio vadovo pavedimus, susijusius su bufeto veikla.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B02A1E7" w14:textId="10B0B3D3" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F09F5BA" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>IV. TEISĖS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C24E677" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Bufetininkas (kasininkas) turi teisę:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EAA53D9" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Gauti darbui reikalingą įrangą, priemones, apskaitos dokumentus ir apsaugos priemones.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="475F85F8" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Teikti siūlymus dėl prekių asortimento gerinimo, aptarnavimo kokybės ar darbo sąlygų.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36A368A4" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Dalyvauti kvalifikacijos tobulinimo mokymuose ar instruktažuose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F2247C" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Atsisakyti vykdyti nurodymus, kurie pažeidžia higienos ar darbo saugos reikalavimus, apie tai informuodamas vadovą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="256E78C6" w14:textId="65EF5468" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A1C0199" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>V. ATSAKOMYBĖ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F7610DD" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Bufetininkas (kasininkas) atsako:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F71D6A9" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Už tinkamą prekių ir piniginių lėšų apskaitą, saugų ir atsakingą jų tvarkymą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D44EC35" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Už švarą, tvarką ir sanitarinių reikalavimų laikymąsi darbo vietoje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18268CCA" w14:textId="78F849A5" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Už mandagų, pagar</w:t>
+      </w:r>
+      <w:r w:rsidR="00693932">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ų bendravimą su lankytojais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F3EB91" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Už padarytą materialinę ar finansinę žalą dėl aplaidumo, teisės aktų ar taisyklių nesilaikymo — Lietuvos Respublikos įstatymų nustatyta tvarka.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DA0C669" w14:textId="298600CF" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BE86E7A" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00F06FA7" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F06FA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>VI. BAIGIAMOSIOS NUOSTATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EE33155" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Pareigybės aprašymas gali būti keičiamas atsižvelgiant į teisės aktų ar progimnazijos struktūros pokyčius.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CE8831C" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Su pareigybės aprašymu darbuotojas supažindinamas pasirašytinai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EFAC57B" w14:textId="03E70479" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6576C058" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Darbuotojas susipažino:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Vardas, pavardė: __________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Parašas: ________________ Data: ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="310AB455" w14:textId="77777777" w:rsidR="0085278D" w:rsidRDefault="0085278D"/>
+    <w:sectPr w:rsidR="0085278D">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-      <w:ind w:left="0"/>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="04EE4987"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F2740C6E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="07840AC6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DED2BD56"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0FC4092F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E50A6FF2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
-    </w:pPr>
-[...171 lines deleted...]
-      <w:numFmt w:val="upperRoman"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21C54A5F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C838834A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4747" w:hanging="721"/>
-[...106 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6ACB4A47"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36674A3E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="618E0102"/>
+    <w:tmpl w:val="EF4CF286"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="243" w:hanging="276"/>
-[...109 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1871525761">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7BD1644F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D5BC1E88"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="33777807">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="54743266">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="649091676">
+  <w:num w:numId="3" w16cid:durableId="1506701792">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1152720431">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="159584690">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="392386897">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00550BEB"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00C55E01"/>
+    <w:rsidRoot w:val="00B472C3"/>
+    <w:rsid w:val="0008148A"/>
+    <w:rsid w:val="000D613D"/>
+    <w:rsid w:val="00693932"/>
+    <w:rsid w:val="006F337F"/>
+    <w:rsid w:val="00757FF3"/>
+    <w:rsid w:val="007E4477"/>
+    <w:rsid w:val="0085278D"/>
+    <w:rsid w:val="00892BCE"/>
+    <w:rsid w:val="00946E64"/>
+    <w:rsid w:val="00B27A01"/>
+    <w:rsid w:val="00B472C3"/>
+    <w:rsid w:val="00BA4397"/>
+    <w:rsid w:val="00C61F26"/>
+    <w:rsid w:val="00F06FA7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1077AE8B"/>
-  <w15:docId w15:val="{BBFC61E1-D88A-4866-9EE2-C138F7910DB8}"/>
+  <w14:docId w14:val="3DACFD20"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{57BBFD84-3B6F-4D1A-960D-E8E4388A120A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...1 lines deleted...]
-        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8857,488 +3265,885 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat1Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="00B472C3"/>
     <w:pPr>
-      <w:ind w:left="1203" w:hanging="721"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat2Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B472C3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat3Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B472C3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat4Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B472C3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat5Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B472C3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat6Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B472C3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat7Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B472C3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat8Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B472C3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Antrat9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="Antrat9Diagrama"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B472C3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
-[...1 lines deleted...]
-    <w:uiPriority w:val="2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat1Diagrama">
+    <w:name w:val="Antraštė 1 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00B472C3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat2Diagrama">
+    <w:name w:val="Antraštė 2 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat2"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...9 lines deleted...]
-    </w:tblPr>
+    <w:rsid w:val="00B472C3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Pagrindinistekstas">
-[...6 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat3Diagrama">
+    <w:name w:val="Antraštė 3 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B472C3"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat4Diagrama">
+    <w:name w:val="Antraštė 4 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B472C3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat5Diagrama">
+    <w:name w:val="Antraštė 5 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B472C3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat6Diagrama">
+    <w:name w:val="Antraštė 6 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B472C3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat7Diagrama">
+    <w:name w:val="Antraštė 7 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B472C3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat8Diagrama">
+    <w:name w:val="Antraštė 8 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B472C3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat9Diagrama">
+    <w:name w:val="Antraštė 9 Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Antrat9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B472C3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pavadinimas">
     <w:name w:val="Title"/>
     <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="PavadinimasDiagrama"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
+    <w:rsid w:val="00B472C3"/>
     <w:pPr>
-      <w:ind w:left="1825" w:right="1829"/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PavadinimasDiagrama">
+    <w:name w:val="Pavadinimas Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Pavadinimas"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00B472C3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Paantrat">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="PaantratDiagrama"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B472C3"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PaantratDiagrama">
+    <w:name w:val="Paantraštė Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Paantrat"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00B472C3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citata">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="CitataDiagrama"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B472C3"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitataDiagrama">
+    <w:name w:val="Citata Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Citata"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00B472C3"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
+    <w:rsid w:val="00B472C3"/>
     <w:pPr>
-      <w:ind w:left="102" w:hanging="623"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
-    <w:name w:val="Table Paragraph"/>
+  <w:style w:type="character" w:styleId="Rykuspabraukimas">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B472C3"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Iskirtacitata">
+    <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="prastasis"/>
-    <w:uiPriority w:val="1"/>
+    <w:next w:val="prastasis"/>
+    <w:link w:val="IskirtacitataDiagrama"/>
+    <w:uiPriority w:val="30"/>
     <w:qFormat/>
+    <w:rsid w:val="00B472C3"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IskirtacitataDiagrama">
+    <w:name w:val="Išskirta citata Diagrama"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:link w:val="Iskirtacitata"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00B472C3"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rykinuoroda">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Numatytasispastraiposriftas"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B472C3"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:relyOnVML/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>3673</Words>
-  <Characters>2095</Characters>
+  <Words>2514</Words>
+  <Characters>1433</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5757</CharactersWithSpaces>
+  <CharactersWithSpaces>3940</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Loreta Simanavičienė</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Vlada Skrytė</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...12 lines deleted...]
-</file>