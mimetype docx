--- v1 (2025-12-15)
+++ v2 (2026-03-13)
@@ -757,76 +757,98 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C61F26">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Bufetininką į pareigas priima ir atleidžia progimnazijos direktorius pagal Lietuvos Respublikos darbo kodeksą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E3261CE" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+    <w:p w14:paraId="0E3261CE" w14:textId="7887FC45" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C61F26">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Bufetininkas yra tiesiogiai pavaldus maitinimo padalinio vadovui arba ūkio dalies vadovui.</w:t>
+        <w:t xml:space="preserve">Bufetininkas yra tiesiogiai pavaldus ūkio </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6A37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">padalinio </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C61F26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>vadovui.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DDECF9D" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C61F26">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
@@ -1459,79 +1481,51 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C61F26">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Priima prekes pagal pateiktus dokumentus, tikrina jų kokybę, galiojimo laiką ir išdėstymą.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="633539E6" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
-[...27 lines deleted...]
-    <w:p w14:paraId="0BFB1934" w14:textId="77777777" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
+    <w:p w14:paraId="0BFB1934" w14:textId="580EFCB0" w:rsidR="00C61F26" w:rsidRPr="00C61F26" w:rsidRDefault="00C61F26" w:rsidP="00C61F26">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C61F26">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Vykdo kitus tiesioginio vadovo pavedimus, susijusius su bufeto veikla.</w:t>
@@ -2077,51 +2071,51 @@
         <w:t>Parašas: ________________ Data: ______________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="310AB455" w14:textId="77777777" w:rsidR="0085278D" w:rsidRDefault="0085278D"/>
     <w:sectPr w:rsidR="0085278D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04EE4987"/>
@@ -2807,77 +2801,82 @@
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="33777807">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="54743266">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1506701792">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1152720431">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="159584690">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="392386897">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B472C3"/>
     <w:rsid w:val="0008148A"/>
     <w:rsid w:val="000D613D"/>
+    <w:rsid w:val="00433881"/>
     <w:rsid w:val="00693932"/>
     <w:rsid w:val="006F337F"/>
+    <w:rsid w:val="00711B4B"/>
     <w:rsid w:val="00757FF3"/>
     <w:rsid w:val="007E4477"/>
     <w:rsid w:val="0085278D"/>
     <w:rsid w:val="00892BCE"/>
     <w:rsid w:val="00946E64"/>
+    <w:rsid w:val="00AD64E0"/>
     <w:rsid w:val="00B27A01"/>
     <w:rsid w:val="00B472C3"/>
     <w:rsid w:val="00BA4397"/>
+    <w:rsid w:val="00C21F05"/>
     <w:rsid w:val="00C61F26"/>
+    <w:rsid w:val="00DC6A37"/>
+    <w:rsid w:val="00E03AE9"/>
     <w:rsid w:val="00F06FA7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -4096,54 +4095,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2514</Words>
-  <Characters>1433</Characters>
+  <Words>2457</Words>
+  <Characters>1402</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3940</CharactersWithSpaces>
+  <CharactersWithSpaces>3852</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vlada Skrytė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>